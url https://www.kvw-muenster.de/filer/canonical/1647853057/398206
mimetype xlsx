--- v0 (2025-10-29)
+++ v1 (2026-03-13)
@@ -1,219 +1,221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{85729C07-6B27-4E84-9591-5B9DDBEFD14B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1519C636-6E92-4E72-A4E8-7E69FC8BF56A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Eingabemaske" sheetId="5" r:id="rId1"/>
     <sheet name="Datenmaske" sheetId="2" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B14" i="5" l="1"/>
+  <c r="K13" i="5" l="1"/>
+  <c r="B14" i="5"/>
   <c r="A14" i="5"/>
   <c r="K14" i="5" l="1"/>
   <c r="K15" i="5"/>
   <c r="K16" i="5"/>
   <c r="K17" i="5"/>
   <c r="K18" i="5"/>
   <c r="K19" i="5"/>
   <c r="K20" i="5"/>
   <c r="K21" i="5"/>
   <c r="K22" i="5"/>
   <c r="K23" i="5"/>
   <c r="K24" i="5"/>
-  <c r="K13" i="5"/>
   <c r="J14" i="5" l="1"/>
   <c r="J15" i="5"/>
   <c r="J16" i="5"/>
   <c r="J17" i="5"/>
   <c r="J18" i="5"/>
   <c r="J19" i="5"/>
   <c r="J20" i="5"/>
   <c r="J21" i="5"/>
   <c r="J22" i="5"/>
   <c r="J23" i="5"/>
   <c r="J24" i="5"/>
   <c r="J13" i="5"/>
   <c r="D15" i="5" s="1"/>
   <c r="D14" i="5" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="36">
   <si>
     <t>Name</t>
   </si>
   <si>
+    <t>Versicherungsabschnitt</t>
+  </si>
+  <si>
+    <t>Bitte Eingaben ausschließlich in den gelb hinterlegten Zellen tätigen</t>
+  </si>
+  <si>
     <t>Vorname</t>
   </si>
   <si>
+    <t>Beginn</t>
+  </si>
+  <si>
     <t>Aktenzeichen</t>
   </si>
   <si>
+    <t>Ende</t>
+  </si>
+  <si>
     <t>Berechnung der steuerlichen Aufteilung des Entgeltes für Versorgungsausgleich</t>
   </si>
   <si>
+    <t>Summe des zv-pflichtigen Entgeltes</t>
+  </si>
+  <si>
+    <t>Abgefragtes Jahr</t>
+  </si>
+  <si>
+    <t>nicht abgefragte Monate</t>
+  </si>
+  <si>
+    <t>Entgeltumwandlung</t>
+  </si>
+  <si>
+    <t>mit einem "x" kennzeichnen</t>
+  </si>
+  <si>
+    <t>mtl. Beitrag vorgeben</t>
+  </si>
+  <si>
     <t>Zeitraum</t>
   </si>
   <si>
-    <t>Beginn</t>
-[...2 lines deleted...]
-    <t>Ende</t>
+    <t>Steuermerkmal</t>
+  </si>
+  <si>
+    <t>Entgelt</t>
+  </si>
+  <si>
+    <t>Januar</t>
+  </si>
+  <si>
+    <t>Februar</t>
+  </si>
+  <si>
+    <t>März</t>
+  </si>
+  <si>
+    <t>April</t>
+  </si>
+  <si>
+    <t>Mai</t>
+  </si>
+  <si>
+    <t>Wenn die Höhe der monatlichen Entgeltumwandlung</t>
+  </si>
+  <si>
+    <t>Juni</t>
+  </si>
+  <si>
+    <t>den monatlichen Steuerfreibetrag übersteigt,</t>
+  </si>
+  <si>
+    <t>Juli</t>
+  </si>
+  <si>
+    <t>ist das zv-pflichtige Entgelt vollständig</t>
+  </si>
+  <si>
+    <t>August</t>
+  </si>
+  <si>
+    <t>pauschal zu versteuern (Steuermerkmal 10)</t>
+  </si>
+  <si>
+    <t>September</t>
+  </si>
+  <si>
+    <t>Oktober</t>
+  </si>
+  <si>
+    <t>November</t>
+  </si>
+  <si>
+    <t>Dezember</t>
   </si>
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>steuerfreier Teil der Umlage</t>
   </si>
   <si>
     <t>Umlagesatz</t>
-  </si>
-[...76 lines deleted...]
-    <t>Versicherungsabschnitt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -573,593 +575,610 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E6312133-F4F7-4207-89D6-8D48DAD858CB}">
   <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G8" sqref="G8"/>
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.140625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.42578125" customWidth="1"/>
+    <col min="1" max="1" width="14.109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="15.5546875" customWidth="1"/>
+    <col min="5" max="5" width="10.109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.44140625" customWidth="1"/>
     <col min="7" max="7" width="10" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="10" customWidth="1"/>
-    <col min="11" max="11" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.6640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
       <c r="D1" s="17" t="s">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="E1" s="17"/>
       <c r="G1" s="11" t="s">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="12"/>
       <c r="K1" s="12"/>
       <c r="L1" s="12"/>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B2" s="6"/>
       <c r="D2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="5"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A3" s="3" t="s">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="B3" s="6"/>
       <c r="D3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="5"/>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A6" s="16" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B6" s="16"/>
       <c r="C6" s="16"/>
       <c r="D6" s="16"/>
       <c r="E6" s="16"/>
       <c r="F6" s="16"/>
       <c r="G6" s="16"/>
       <c r="I6" s="8"/>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A8" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="G8" s="6"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A9" s="7"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="F10" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F8" s="3" t="s">
+      <c r="I10" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="G8" s="6"/>
-[...12 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.3">
       <c r="F11" s="3" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A12" s="3" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A13" s="3" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G13" s="6"/>
       <c r="I13" s="10"/>
       <c r="J13" s="14">
         <f>IF(G13="x",0,1)</f>
         <v>1</v>
       </c>
       <c r="K13" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A14" s="4">
         <f>E2</f>
         <v>0</v>
       </c>
       <c r="B14" s="4">
         <f>E3</f>
         <v>0</v>
       </c>
       <c r="C14">
         <v>10</v>
       </c>
       <c r="D14" s="9" t="e">
         <f>IF(SUM(I13:I24)&gt;SUM(K13:K24),A9,IF(A9-D15&lt;0,"",A9-D15))</f>
         <v>#N/A</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G14" s="6"/>
       <c r="I14" s="10"/>
       <c r="J14" s="14">
         <f t="shared" ref="J14:J24" si="0">IF(G14="x",0,1)</f>
         <v>1</v>
       </c>
       <c r="K14" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
       <c r="C15">
         <v>11</v>
       </c>
       <c r="D15" s="9" t="e">
         <f>IF(SUM(I13:I24)&gt;SUM(K13:K24),"",IF((((K13*J13-I13)+(K14*J14-I14)+(K15*J15-I15)+(K16*J16-I16)+(K17*J17-I17)+(K18*J18-I18)+(K19*J19-I19)+(K20*J20-I20)+(K21*J21-I21)+(K22*J22-I22)+(K23*J23-I23)+(K24*J24-I24))/Datenmaske!C2)&gt;A9,A9,((K13*J13-I13)+(K14*J14-I14)+(K15*J15-I15)+(K16*J16-I16)+(K17*J17-I17)+(K18*J18-I18)+(K19*J19-I19)+(K20*J20-I20)+(K21*J21-I21)+(K22*J22-I22)+(K23*J23-I23)+(K24*J24-I24))/Datenmaske!C2))</f>
         <v>#N/A</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G15" s="6"/>
       <c r="I15" s="10"/>
       <c r="J15" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K15" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
       <c r="F16" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G16" s="6"/>
       <c r="I16" s="10"/>
       <c r="J16" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K16" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:11" x14ac:dyDescent="0.3">
       <c r="F17" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G17" s="6"/>
       <c r="I17" s="10"/>
       <c r="J17" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K17" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="B18" s="12"/>
       <c r="C18" s="12"/>
       <c r="D18" s="12"/>
       <c r="F18" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G18" s="6"/>
       <c r="I18" s="10"/>
       <c r="J18" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K18" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A19" s="13" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="B19" s="12"/>
       <c r="C19" s="12"/>
       <c r="D19" s="12"/>
       <c r="F19" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G19" s="6"/>
       <c r="I19" s="10"/>
       <c r="J19" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K19" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A20" s="13" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B20" s="12"/>
       <c r="C20" s="12"/>
       <c r="D20" s="12"/>
       <c r="F20" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G20" s="6"/>
       <c r="I20" s="10"/>
       <c r="J20" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K20" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A21" s="13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B21" s="12"/>
       <c r="C21" s="12"/>
       <c r="D21" s="12"/>
       <c r="F21" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G21" s="6"/>
       <c r="I21" s="10"/>
       <c r="J21" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K21" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:11" x14ac:dyDescent="0.3">
       <c r="F22" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G22" s="6"/>
       <c r="I22" s="10"/>
       <c r="J22" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K22" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:11" x14ac:dyDescent="0.3">
       <c r="F23" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G23" s="6"/>
       <c r="I23" s="10"/>
       <c r="J23" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K23" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
-    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:11" x14ac:dyDescent="0.3">
       <c r="F24" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G24" s="6"/>
       <c r="I24" s="10"/>
       <c r="J24" s="14">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="K24" s="14" t="e">
         <f>VLOOKUP($G$8,Datenmaske!$A:$B,2,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange sqref="G13:G24 I13:I24 G8 A9 B1:B3 E2 E3" name="Bereich1"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{354BB861-87D3-4DC9-8426-5EA7F417AF92}">
-  <dimension ref="A1:C19"/>
+  <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B20" sqref="B20"/>
+      <selection activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="26.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="26.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="B1" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="C1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A2" s="1">
         <v>2008</v>
       </c>
       <c r="B2" s="2">
         <v>53</v>
       </c>
       <c r="C2">
         <v>4.4999999999999998E-2</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A3" s="1">
         <v>2009</v>
       </c>
       <c r="B3" s="2">
         <v>54</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A4" s="1">
         <v>2010</v>
       </c>
       <c r="B4" s="2">
         <v>55</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A5" s="1">
         <v>2011</v>
       </c>
       <c r="B5" s="2">
         <v>55</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A6" s="1">
         <v>2012</v>
       </c>
       <c r="B6" s="2">
         <v>56</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A7" s="1">
         <v>2013</v>
       </c>
       <c r="B7" s="2">
         <v>58</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A8" s="1">
         <v>2014</v>
       </c>
       <c r="B8" s="2">
         <v>119</v>
       </c>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A9" s="1">
         <v>2015</v>
       </c>
       <c r="B9" s="2">
         <v>121</v>
       </c>
     </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A10" s="1">
         <v>2016</v>
       </c>
       <c r="B10" s="2">
         <v>124</v>
       </c>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A11" s="1">
         <v>2017</v>
       </c>
       <c r="B11" s="2">
         <v>127</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A12" s="1">
         <v>2018</v>
       </c>
       <c r="B12" s="2">
         <v>130</v>
       </c>
     </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A13" s="1">
         <v>2019</v>
       </c>
       <c r="B13" s="2">
         <v>134</v>
       </c>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A14" s="1">
         <v>2020</v>
       </c>
       <c r="B14" s="2">
         <v>207</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A15" s="1">
         <v>2021</v>
       </c>
       <c r="B15" s="2">
         <v>213</v>
       </c>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A16">
         <v>2022</v>
       </c>
       <c r="B16" s="15">
         <v>211.5</v>
       </c>
     </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A17">
         <v>2023</v>
       </c>
       <c r="B17" s="15">
         <v>219</v>
       </c>
     </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A18">
         <v>2024</v>
       </c>
       <c r="B18" s="15">
         <v>226.5</v>
       </c>
     </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A19">
         <v>2025</v>
       </c>
       <c r="B19" s="15">
         <v>322</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A20">
+        <v>2026</v>
+      </c>
+      <c r="B20" s="15">
+        <v>338</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Eingabemaske</vt:lpstr>
       <vt:lpstr>Datenmaske</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>